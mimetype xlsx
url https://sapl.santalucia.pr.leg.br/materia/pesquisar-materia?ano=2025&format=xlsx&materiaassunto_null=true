--- v0 (2025-12-01)
+++ v1 (2026-01-24)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="432" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="472" uniqueCount="188">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -321,68 +321,95 @@
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Autoriza o Chefe do poder executivo municipal a abrir um crédito especial no   orçamento   vigente   no valor R$ 143.190,37 (Cento e Quarenta e Três Mil Cento e Noventa Reais e Trinta e Sete Centavos) e dá outras providências</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SANTA LÚCIA-PR PARA O EXERCÍCIO FINANCEIRO DE 2026</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_lei_60-2025_altera_art_1_da_lei_1152.2023_ass.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei nº 1152/2023 que dispõe sobre a criação do Dia Municipal do Agricultor, e dá outras providências</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
+    <t>https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_61-2025_cria_cargos_auditor_da_receita_e_tecnico_sanitario.pdf</t>
+  </si>
+  <si>
     <t>Cria os cargos de Auditor da Receita Municipal e Técnico em Vigilância Sanitária, que passam a integrar o quadro de servidores municipais criado pela Lei 314/2009, e dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a receber patrocínio de empresas privadas, empresas públicas, sociedades de economia mista, pessoas físicas e entidades sem fins lucrativos para a realização de eventos de interesse público.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_de_lei_n___2025_ratifica_o_protocolo_de_intencoes_firmado_entre_o_estado_do_parana_e_os_municipios_do_estado_do_parana_subscritores.docx</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná, com finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde – CIPS aos termos do regime previsto na Lei Federal nº 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS) e dá outras providências.</t>
   </si>
   <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Incentivo à agroindústria de alimentos, no âmbito do Município de Santa Lúcia, visando o fomento e legalização da produção local, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a afetação da Área Urbana, autorizando a utilização da mesma como prolongamento da Rua Augusto Castanhetti e dá outras providências.</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prorrogação do prazo do Processo Seletivo Simplificado (PSS), edital nº 002/2024, para contratação do cargo de Operador de Máquinas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>Aumenta o número de vagas para o cargo de Professor, criado pela Lei 645/2025, e dá outras providências.</t>
+  </si>
+  <si>
     <t>21</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>AFONSO DOS SANTOS, DALCI BERTI, DILSINHO, HENO, JOÃO ELTO, MANÉ BURATTI, NEGO PAROLIN, VALSI FERNANDES, ZÉLIA CUPINI</t>
   </si>
   <si>
     <t>REQUER o encaminhamento da presente MOÇÃO DE APELO em nome da Câmara Municipal de Santa Lúcia/PR, ao SUPREMO TRIBUNAL FEDERAL, para que se manifeste contrário à Ação Direta de Inconstitucionalidade (ADI) nº 7796.</t>
   </si>
   <si>
     <t>MANÉ BURATTI</t>
   </si>
   <si>
     <t>Requerem o encaminhamento e a aprovação de Moção de Aplauso em prol da Atleta Helouise Maria de Brito Grassi, em reconhecimento pela sua destacada participação na Etapa Nacional dos Jogos da Juventude 2025.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>DALCI BERTI, DILSINHO, JOÃO ELTO, NEGO PAROLIN, ZÉLIA CUPINI</t>
@@ -535,50 +562,62 @@
     <t>Eu, vereador abaixo assinado, com base no artigo 95 do Regimento Interno desta Casa de Leis e com base na Emenda à L.O.M nº 02/2017, proponho a seguinte Emenda Impositiva nº 07/2025 ao Projeto de Lei nº 59/2025 (Lei Orçamentária Anual), cuja súmula “Estima a receita e fixa a despesa do Município de Santa Lúcia-PR para o exercício financeiro de 2026.”</t>
   </si>
   <si>
     <t>VALSI FERNANDES</t>
   </si>
   <si>
     <t>Eu, vereador abaixo assinado, com base no artigo 95 do Regimento Interno desta Casa de Leis e com base na Emenda à L.O.M nº 02/2017, proponho a seguinte Emenda Impositiva nº 08/2025 ao Projeto de Lei nº 59/2025 (Lei Orçamentária Anual), cuja súmula “Estima a receita e fixa a despesa do Município de Santa Lúcia-PR para o exercício financeiro de 2026.”</t>
   </si>
   <si>
     <t>ZÉLIA CUPINI</t>
   </si>
   <si>
     <t>Eu, vereadora abaixo assinado, com base no artigo 95 do Regimento Interno desta Casa de Leis e com base na Emenda à L.O.M nº 02/2017, proponho a seguinte Emenda Impositiva nº 09/2025 ao Projeto de Lei nº 59/2025 (Lei Orçamentária Anual), cuja súmula “Estima a receita e fixa a despesa do Município de Santa Lúcia-PR para o exercício financeiro de 2026.”</t>
   </si>
   <si>
     <t>PEM01</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA Nº 01 AO PROJETO DE LEI</t>
   </si>
   <si>
     <t>DILSINHO, JOÃO ELTO, NEGO PAROLIN, ZÉLIA CUPINI</t>
   </si>
   <si>
     <t>Fica alterada a redação dos anexos I e II do projeto de lei em evidência.</t>
+  </si>
+  <si>
+    <t>PEM02</t>
+  </si>
+  <si>
+    <t>PROPOSTA DE EMENDA Nº 02 AO PROJETO DE LEI</t>
+  </si>
+  <si>
+    <t>https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/58/proposta_de_emenda_no_02-2025_ao_projeto_de_lei_61-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica modificado as atribuições do cargo Técnico em Vigilância Sanitária, dentro da Secretaria Municipal de Agricultura e Meio Ambiente no Anexo IV do Projeto em epígrafe.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -882,56 +921,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_34-2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_35-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_36-2025-_regulamenta_diarias_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_37-2025_-_semana_meio_ambiente_final.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_n_38_2025_autoriza_o_poder_executivo_a_celebrar_convenio_com_hospital_assi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_39-2025_prorrogacao_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_40-2025_convenio_sicoob.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_41-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_43-2025_altera_lei_343-2010_e_1138_2023ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_45-2025_altera_a_lei_municipal_no_1105.2022_e_lei_892.2019aa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_46-2025_radio_comunitaria_a.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_52-2025_radio_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_53-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_54-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_lei_60-2025_altera_art_1_da_lei_1152.2023_ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_de_lei_n___2025_ratifica_o_protocolo_de_intencoes_firmado_entre_o_estado_do_parana_e_os_municipios_do_estado_do_parana_subscritores.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_complementar_01-2025_altera_a_tabelea_ix_cod._tributario.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_complementar_02-2025_altera_o__2o_do_artigo_4o_lei_complementar_no_16-b_ass.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_complementar_03-2025_altera_o_artigo_316_e_321_da_lei_complementar_no_17.2017_que_dispoe_sobre_o_codigo_tributarioaa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/6/emenda_01_ao_projeto_de_lei_36-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_34-2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_35-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_36-2025-_regulamenta_diarias_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_37-2025_-_semana_meio_ambiente_final.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_n_38_2025_autoriza_o_poder_executivo_a_celebrar_convenio_com_hospital_assi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_39-2025_prorrogacao_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_40-2025_convenio_sicoob.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_41-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_43-2025_altera_lei_343-2010_e_1138_2023ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_45-2025_altera_a_lei_municipal_no_1105.2022_e_lei_892.2019aa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_46-2025_radio_comunitaria_a.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_52-2025_radio_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_53-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_54-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_lei_60-2025_altera_art_1_da_lei_1152.2023_ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_61-2025_cria_cargos_auditor_da_receita_e_tecnico_sanitario.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_de_lei_n___2025_ratifica_o_protocolo_de_intencoes_firmado_entre_o_estado_do_parana_e_os_municipios_do_estado_do_parana_subscritores.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_complementar_01-2025_altera_a_tabelea_ix_cod._tributario.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_complementar_02-2025_altera_o__2o_do_artigo_4o_lei_complementar_no_16-b_ass.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_complementar_03-2025_altera_o_artigo_316_e_321_da_lei_complementar_no_17.2017_que_dispoe_sobre_o_codigo_tributarioaa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/6/emenda_01_ao_projeto_de_lei_36-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santalucia.pr.leg.br/media/sapl/public/materialegislativa/2025/58/proposta_de_emenda_no_02-2025_ao_projeto_de_lei_61-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:H59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="116" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="211.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1625,730 +1664,860 @@
       </c>
       <c r="H27" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>72</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>102</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="H28" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>75</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H29" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>89</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H30" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D31" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H31" t="s">
         <v>111</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="D32" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>111</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H32" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D33" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>111</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H33" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>119</v>
+        <v>99</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>8</v>
+        <v>116</v>
       </c>
       <c r="D34" t="s">
-        <v>120</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>123</v>
+        <v>52</v>
       </c>
       <c r="H34" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>78</v>
+        <v>118</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D35" t="s">
+        <v>119</v>
+      </c>
+      <c r="E35" t="s">
         <v>120</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>121</v>
       </c>
-      <c r="F35" t="s">
+      <c r="G35" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H35" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D36" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="E36" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>127</v>
+        <v>52</v>
       </c>
       <c r="H36" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>129</v>
+        <v>85</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D37" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="E37" t="s">
+        <v>120</v>
+      </c>
+      <c r="F37" t="s">
         <v>126</v>
       </c>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="1" t="s">
-        <v>130</v>
+        <v>52</v>
       </c>
       <c r="H37" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>128</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" t="s">
+        <v>129</v>
+      </c>
+      <c r="E38" t="s">
+        <v>130</v>
+      </c>
+      <c r="F38" t="s">
+        <v>131</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B38" t="s">
-[...14 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>31</v>
+        <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D39" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="E39" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>131</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H39" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>125</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" t="s">
+        <v>134</v>
+      </c>
+      <c r="E40" t="s">
+        <v>135</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B40" t="s">
-[...5 lines deleted...]
-      <c r="D40" t="s">
+      <c r="H40" t="s">
         <v>137</v>
-      </c>
-[...10 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D41" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="E41" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="F41" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="H41" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D42" t="s">
+        <v>134</v>
+      </c>
+      <c r="E42" t="s">
+        <v>135</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="E42" t="s">
+      <c r="H42" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>148</v>
+        <v>31</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D43" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="E43" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="F43" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H43" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D44" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E44" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F44" t="s">
-        <v>112</v>
+        <v>148</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H44" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>8</v>
       </c>
       <c r="D45" t="s">
+        <v>151</v>
+      </c>
+      <c r="E45" t="s">
         <v>152</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>121</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="F45" t="s">
+      <c r="H45" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>16</v>
       </c>
       <c r="D46" t="s">
+        <v>151</v>
+      </c>
+      <c r="E46" t="s">
         <v>152</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
-        <v>114</v>
+        <v>27</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H46" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>47</v>
+        <v>157</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
+        <v>151</v>
+      </c>
+      <c r="E47" t="s">
         <v>152</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H47" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>51</v>
+        <v>159</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
+        <v>151</v>
+      </c>
+      <c r="E48" t="s">
         <v>152</v>
       </c>
-      <c r="E48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" t="s">
-        <v>159</v>
+        <v>121</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H48" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>116</v>
+        <v>8</v>
       </c>
       <c r="D49" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="E49" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="F49" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H49" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>59</v>
+        <v>165</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D50" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="E50" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="F50" t="s">
-        <v>163</v>
+        <v>123</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H50" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="D51" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="E51" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="F51" t="s">
-        <v>165</v>
+        <v>131</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H51" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="E52" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="F52" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H52" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>38</v>
+        <v>125</v>
       </c>
       <c r="D53" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="E53" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="F53" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H53" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>59</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>150</v>
+      </c>
+      <c r="D54" t="s">
+        <v>161</v>
+      </c>
+      <c r="E54" t="s">
+        <v>162</v>
+      </c>
+      <c r="F54" t="s">
+        <v>172</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H54" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>63</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>30</v>
+      </c>
+      <c r="D55" t="s">
+        <v>161</v>
+      </c>
+      <c r="E55" t="s">
+        <v>162</v>
+      </c>
+      <c r="F55" t="s">
+        <v>174</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H55" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>66</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>34</v>
+      </c>
+      <c r="D56" t="s">
+        <v>161</v>
+      </c>
+      <c r="E56" t="s">
+        <v>162</v>
+      </c>
+      <c r="F56" t="s">
+        <v>176</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H56" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>69</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>38</v>
+      </c>
+      <c r="D57" t="s">
+        <v>161</v>
+      </c>
+      <c r="E57" t="s">
+        <v>162</v>
+      </c>
+      <c r="F57" t="s">
+        <v>178</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H57" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
         <v>82</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>102</v>
       </c>
-      <c r="D54" t="s">
-[...12 lines deleted...]
-        <v>174</v>
+      <c r="D58" t="s">
+        <v>180</v>
+      </c>
+      <c r="E58" t="s">
+        <v>181</v>
+      </c>
+      <c r="F58" t="s">
+        <v>182</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H58" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>95</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>102</v>
+      </c>
+      <c r="D59" t="s">
+        <v>184</v>
+      </c>
+      <c r="E59" t="s">
+        <v>185</v>
+      </c>
+      <c r="F59" t="s">
+        <v>121</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H59" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2362,50 +2531,55 @@
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>